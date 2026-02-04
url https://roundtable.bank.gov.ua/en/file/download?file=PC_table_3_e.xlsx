--- v0 (2025-11-09)
+++ v1 (2026-02-04)
@@ -2,68 +2,68 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Серпень 2025\Таблиці на сайт на 01.09.2025\Англ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Листопад 2025\Таблиці на сайт на 01.12.2025\Англ\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20736" windowHeight="11160"/>
   </bookViews>
   <sheets>
     <sheet name="Tabl_3" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Tabl_3!$A$1:$N$24</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="96">
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Corporate</t>
   </si>
   <si>
     <t>Debit</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>Private</t>
   </si>
   <si>
     <t>Virtual</t>
   </si>
   <si>
     <t>Contactless</t>
   </si>
   <si>
     <t>Magstripe</t>
   </si>
   <si>
@@ -298,50 +298,59 @@
     <t>December 2024</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>August 2025</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0;\(#,##0\)"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
@@ -900,55 +909,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:N80"/>
+  <dimension ref="A1:N83"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="6" topLeftCell="A58" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E66" sqref="E66"/>
+      <pane ySplit="6" topLeftCell="A73" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D77" sqref="D77:E77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.5546875" customWidth="1"/>
     <col min="2" max="2" width="7.109375" customWidth="1"/>
     <col min="3" max="3" width="11.44140625" customWidth="1"/>
     <col min="4" max="4" width="10.88671875" customWidth="1"/>
     <col min="5" max="5" width="11.33203125" customWidth="1"/>
     <col min="6" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="7" width="12.5546875" customWidth="1"/>
     <col min="8" max="8" width="13.109375" customWidth="1"/>
     <col min="9" max="9" width="9" customWidth="1"/>
     <col min="10" max="10" width="10.33203125" customWidth="1"/>
     <col min="11" max="11" width="9.6640625" customWidth="1"/>
     <col min="12" max="12" width="10.6640625" customWidth="1"/>
     <col min="13" max="13" width="10.109375" customWidth="1"/>
     <col min="14" max="14" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="22" t="s">
         <v>72</v>
       </c>
       <c r="B1" s="23"/>
@@ -4051,139 +4060,271 @@
       <c r="G74" s="14">
         <v>35059.629999999997</v>
       </c>
       <c r="H74" s="14">
         <v>18302.542000000001</v>
       </c>
       <c r="I74" s="14">
         <v>3410.1579999999999</v>
       </c>
       <c r="J74" s="14">
         <v>36840.163999999997</v>
       </c>
       <c r="K74" s="14">
         <v>21895.760999999999</v>
       </c>
       <c r="L74" s="14">
         <v>674.55399999999997</v>
       </c>
       <c r="M74" s="14">
         <v>58061.370999999999</v>
       </c>
       <c r="N74" s="14">
         <v>0</v>
       </c>
     </row>
-    <row r="75" spans="1:14" s="16" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      <c r="A76" s="5" t="s">
+    <row r="75" spans="1:14" s="17" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A75" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B75" s="14">
+        <v>59038.976999999999</v>
+      </c>
+      <c r="C75" s="14">
+        <v>1769.548</v>
+      </c>
+      <c r="D75" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F75" s="14">
+        <v>35206.813999999998</v>
+      </c>
+      <c r="G75" s="14">
+        <v>35166.559999999998</v>
+      </c>
+      <c r="H75" s="14">
+        <v>18595.367999999999</v>
+      </c>
+      <c r="I75" s="14">
+        <v>3467.2469999999998</v>
+      </c>
+      <c r="J75" s="14">
+        <v>37130.504000000001</v>
+      </c>
+      <c r="K75" s="14">
+        <v>21908.473000000002</v>
+      </c>
+      <c r="L75" s="14">
+        <v>682.22299999999996</v>
+      </c>
+      <c r="M75" s="14">
+        <v>58356.754000000001</v>
+      </c>
+      <c r="N75" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:14" s="17" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A76" s="13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B76" s="14">
+        <v>58853.659</v>
+      </c>
+      <c r="C76" s="14">
+        <v>1711.671</v>
+      </c>
+      <c r="D76" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E76" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F76" s="14">
+        <v>35207.887999999999</v>
+      </c>
+      <c r="G76" s="14">
+        <v>35168.031000000003</v>
+      </c>
+      <c r="H76" s="14">
+        <v>18778.100999999999</v>
+      </c>
+      <c r="I76" s="14">
+        <v>3155.9989999999998</v>
+      </c>
+      <c r="J76" s="14">
+        <v>36396.239000000001</v>
+      </c>
+      <c r="K76" s="14">
+        <v>22457.42</v>
+      </c>
+      <c r="L76" s="14">
+        <v>701.79899999999998</v>
+      </c>
+      <c r="M76" s="14">
+        <v>58151.86</v>
+      </c>
+      <c r="N76" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:14" s="17" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A77" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B77" s="14">
+        <v>59837.745999999999</v>
+      </c>
+      <c r="C77" s="14">
+        <v>1600.4179999999999</v>
+      </c>
+      <c r="D77" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E77" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F77" s="14">
+        <v>35174.703999999998</v>
+      </c>
+      <c r="G77" s="14">
+        <v>35135.536999999997</v>
+      </c>
+      <c r="H77" s="14">
+        <v>19135.826000000001</v>
+      </c>
+      <c r="I77" s="14">
+        <v>3926.7979999999998</v>
+      </c>
+      <c r="J77" s="14">
+        <v>37336.383000000002</v>
+      </c>
+      <c r="K77" s="14">
+        <v>22501.363000000001</v>
+      </c>
+      <c r="L77" s="14">
+        <v>695.70600000000002</v>
+      </c>
+      <c r="M77" s="14">
+        <v>59142.04</v>
+      </c>
+      <c r="N77" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:14" s="16" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="15"/>
+      <c r="B78" s="15"/>
+      <c r="C78" s="15"/>
+      <c r="D78" s="15"/>
+      <c r="E78" s="15"/>
+      <c r="F78" s="15"/>
+      <c r="G78" s="15"/>
+      <c r="H78" s="15"/>
+      <c r="I78" s="15"/>
+      <c r="J78" s="15"/>
+      <c r="K78" s="15"/>
+      <c r="L78" s="15"/>
+      <c r="M78" s="15"/>
+      <c r="N78" s="15"/>
+    </row>
+    <row r="79" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A79" s="5" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="77" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A77" s="5" t="s">
+    <row r="80" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A80" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="B77" s="5"/>
-[...4 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="B80" s="5"/>
+      <c r="C80" s="5"/>
+      <c r="D80" s="5"/>
+    </row>
+    <row r="81" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A81" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B78" s="1"/>
-[...13 lines deleted...]
-      <c r="A79" s="19" t="s">
+      <c r="B81" s="1"/>
+      <c r="C81" s="1"/>
+      <c r="D81" s="1"/>
+      <c r="E81" s="1"/>
+      <c r="F81" s="1"/>
+      <c r="G81" s="1"/>
+      <c r="H81" s="1"/>
+      <c r="I81" s="1"/>
+      <c r="J81" s="1"/>
+      <c r="K81" s="1"/>
+      <c r="L81" s="1"/>
+      <c r="M81" s="1"/>
+    </row>
+    <row r="82" spans="1:14" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="B79" s="19"/>
-[...14 lines deleted...]
-      <c r="C80" t="s">
+      <c r="B82" s="19"/>
+      <c r="C82" s="19"/>
+      <c r="D82" s="19"/>
+      <c r="E82" s="19"/>
+      <c r="F82" s="19"/>
+      <c r="G82" s="19"/>
+      <c r="H82" s="19"/>
+      <c r="I82" s="19"/>
+      <c r="J82" s="19"/>
+      <c r="K82" s="19"/>
+      <c r="L82" s="19"/>
+      <c r="M82" s="19"/>
+      <c r="N82" s="19"/>
+    </row>
+    <row r="83" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="C83" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="18">
+    <mergeCell ref="J5:J6"/>
+    <mergeCell ref="B4:B6"/>
+    <mergeCell ref="K5:K6"/>
+    <mergeCell ref="C4:I4"/>
+    <mergeCell ref="A82:N82"/>
+    <mergeCell ref="H5:H6"/>
     <mergeCell ref="A1:N2"/>
     <mergeCell ref="B3:N3"/>
     <mergeCell ref="N4:N6"/>
     <mergeCell ref="A3:A6"/>
     <mergeCell ref="J4:K4"/>
     <mergeCell ref="L4:M4"/>
     <mergeCell ref="I5:I6"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="M5:M6"/>
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="F5:G5"/>
-    <mergeCell ref="J5:J6"/>
-[...4 lines deleted...]
-    <mergeCell ref="H5:H6"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="1.1811023622047245" bottom="0.31496062992125984" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Аркуші</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Іменовані діапазони</vt:lpstr>
       </vt:variant>